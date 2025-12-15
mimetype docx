--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -139,77 +139,77 @@
     </w:p>
     <w:p w:rsidR="005C3F50" w:rsidRPr="0024108C" w:rsidRDefault="005C3F50" w:rsidP="005C3F50">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0024108C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Оператор считает приоритетной задачей соблюдение прав и свобод человека и гражданина при обработке личных данных, включая защиту от неприкосновенности частной жизни, личной и семейной тайны. Мы несем ответственность за обеспечение безопасности и конфиденциальности ваших данных на всех этапах обработки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C3F50" w:rsidRPr="0024108C" w:rsidRDefault="0024108C" w:rsidP="005C3F50">
+    <w:p w:rsidR="005C3F50" w:rsidRPr="0024108C" w:rsidRDefault="00BB2A57" w:rsidP="005C3F50">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:anchor="price" w:history="1">
         <w:r w:rsidR="005C3F50" w:rsidRPr="0024108C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Настоящая Политика действует в отношении всей информации, содержащей персональные данные субъектов персональных данных, которую Оператор и/или связанные с ним лица могут получить о субъекте персональных данных при осуществлении основной хозяйственной деятельности. Настоящая Политика является общедоступной.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="001567A5" w:rsidRPr="0024108C" w:rsidRDefault="0024108C" w:rsidP="001567A5">
+    <w:p w:rsidR="001567A5" w:rsidRPr="0024108C" w:rsidRDefault="00BB2A57" w:rsidP="001567A5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:anchor="price" w:history="1">
         <w:r w:rsidR="001567A5" w:rsidRPr="0024108C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Настоящая Политика определяет цели и общие принципы обработки персональных данных, состав персональных данных, подлежащих обработке, действия (операции), совершаемые с персональными данными субъектов персональных данных, и направлена на защиту прав субъектов персональных данных, данные которых обрабатываются в порядке, предусмотренном настоящей Политикой.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="001567A5" w:rsidRPr="0024108C" w:rsidRDefault="001567A5" w:rsidP="001567A5">
@@ -546,59 +546,51 @@
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0024108C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Пользователь — любой посетитель веб-сайта</w:t>
       </w:r>
       <w:r w:rsidR="0004142F" w:rsidRPr="0024108C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>https://</w:t>
+        <w:t xml:space="preserve"> https://</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0004142F" w:rsidRPr="0024108C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>asmaxworld</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0004142F" w:rsidRPr="0024108C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0004142F" w:rsidRPr="0024108C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
@@ -1725,51 +1717,69 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Предоставление права использования Сайта, ознакомление с информацией о продуктах, услугах и иной информацией на сайте;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00526F08" w:rsidRPr="0024108C" w:rsidRDefault="001567A5" w:rsidP="00526F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0024108C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Улучшение качества работы Сайта, удобства его использования для пользователей, разработка новых услуг и сервисов;</w:t>
+        <w:t xml:space="preserve">Улучшение качества работы </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="0024108C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Сайт</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="0024108C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а, удобства его использования для пользователей, разработка новых услуг и сервисов;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00526F08" w:rsidRPr="0024108C" w:rsidRDefault="001567A5" w:rsidP="00526F08">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0024108C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Идентификация Пользователя, направившего персональные данные через формы обратной связи и/или регистрационные формы на Сайте или иные информационные системы Оператора;</w:t>
       </w:r>
@@ -2534,124 +2544,92 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>В целях соблюдения законодательства РФ для достижения целей обработки Оператор в ходе своей деятельности предоставляет персональные данные следующим третьим лицам:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001567A5" w:rsidRPr="0024108C" w:rsidRDefault="001567A5" w:rsidP="002402E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0024108C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>партнерам или связанным лицам на основании поручений или иных соглашений и договоров, в частности</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">партнерам или связанным лицам на основании поручений или иных соглашений и договоров, в частности: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001567A5" w:rsidRPr="0024108C" w:rsidRDefault="001567A5" w:rsidP="002402E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0024108C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>курьерским службам и службам доставки, в частности: ООО «СДЭК-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0024108C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Глобал</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0024108C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>» (ОГРН 1157746448463), ООО «Портал» (ОГРН 1147746136713), ООО «БОКСБЕРРИ СОФТ» (ОГРН 1196658000615)</w:t>
-[...15 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>» (ОГРН 1157746448463), ООО «Портал» (ОГРН 1147746136713), ООО «БОКСБЕРРИ СОФТ» (ОГРН 1196658000615);</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001567A5" w:rsidRPr="0024108C" w:rsidRDefault="001567A5" w:rsidP="002402E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0024108C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>уполномоченным органам государственной власти в случаях, предусмотренных федеральными законами;</w:t>
       </w:r>
     </w:p>
@@ -3456,52 +3434,50 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ru</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BE50CA" w:rsidRPr="0024108C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001567A5" w:rsidRPr="0024108C" w:rsidRDefault="001567A5" w:rsidP="001567A5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00BE50CA" w:rsidRPr="0024108C" w:rsidRDefault="001567A5" w:rsidP="00BE50CA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0024108C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Реквизиты Оператора</w:t>
       </w:r>
@@ -4414,51 +4390,53 @@
   <w:rsids>
     <w:rsidRoot w:val="007072A4"/>
     <w:rsid w:val="0004142F"/>
     <w:rsid w:val="00136B11"/>
     <w:rsid w:val="00153ADF"/>
     <w:rsid w:val="001567A5"/>
     <w:rsid w:val="00206A8F"/>
     <w:rsid w:val="00207F1B"/>
     <w:rsid w:val="002402E9"/>
     <w:rsid w:val="0024108C"/>
     <w:rsid w:val="00293D37"/>
     <w:rsid w:val="00390DF0"/>
     <w:rsid w:val="003915D3"/>
     <w:rsid w:val="004755F2"/>
     <w:rsid w:val="00526F08"/>
     <w:rsid w:val="00576E83"/>
     <w:rsid w:val="00580D5A"/>
     <w:rsid w:val="005C3F50"/>
     <w:rsid w:val="006A3873"/>
     <w:rsid w:val="007072A4"/>
     <w:rsid w:val="00754E1B"/>
     <w:rsid w:val="00797E0E"/>
     <w:rsid w:val="007F7E8F"/>
     <w:rsid w:val="00AD410B"/>
     <w:rsid w:val="00B15CC1"/>
+    <w:rsid w:val="00BB2A57"/>
     <w:rsid w:val="00BE50CA"/>
+    <w:rsid w:val="00D21D8A"/>
     <w:rsid w:val="00DA09C3"/>
     <w:rsid w:val="00E072AF"/>
     <w:rsid w:val="00E7569D"/>
     <w:rsid w:val="00EA3781"/>
     <w:rsid w:val="00FC25C0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -5174,81 +5152,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97D970F4-FD6A-4062-8B04-BAA84A3A3487}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10DFD7B0-850A-4717-9C4E-2949A1C4D05E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>3459</Words>
-  <Characters>19718</Characters>
+  <Words>3442</Words>
+  <Characters>19626</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>164</Lines>
+  <Lines>163</Lines>
   <Paragraphs>46</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23131</CharactersWithSpaces>
+  <CharactersWithSpaces>23022</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Марина Якушкина</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>